--- v0 (2025-10-06)
+++ v1 (2026-03-10)
@@ -686,104 +686,109 @@
           <w:color w:val="000000" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00565B64" w:rsidRPr="009E56E1">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="accent5"/>
         </w:rPr>
         <w:t>the journal’s requirements</w:t>
       </w:r>
       <w:r w:rsidR="009E56E1">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="accent5"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CFF2096" w14:textId="52053227" w:rsidR="006108C8" w:rsidRPr="00565B64" w:rsidRDefault="005D17AF" w:rsidP="009E56E1">
+    <w:p w14:paraId="5CFF2096" w14:textId="52053227" w:rsidR="006108C8" w:rsidRDefault="005D17AF" w:rsidP="009E56E1">
+      <w:pPr>
+        <w:pStyle w:val="RCVSKBrandingmaintext"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00565B64">
+        <w:t xml:space="preserve">Section 3. Statements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E56E1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E56E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00565B64" w:rsidRPr="009E56E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>statements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E56E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regarding conflicts of interest, funding, acknowledgements, informed consent, and ethics</w:t>
+      </w:r>
+      <w:r w:rsidR="00565B64" w:rsidRPr="009E56E1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where applicable.</w:t>
+      </w:r>
+      <w:r w:rsidR="00565B64">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39792A69" w14:textId="77777777" w:rsidR="00ED714A" w:rsidRPr="00565B64" w:rsidRDefault="00ED714A" w:rsidP="009E56E1">
       <w:pPr>
         <w:pStyle w:val="RCVSKBrandingmaintext"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00565B64">
-[...43 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="10965A1B" w14:textId="6A5CA6DA" w:rsidR="00D21161" w:rsidRPr="000531CE" w:rsidRDefault="005D17AF" w:rsidP="009E56E1">
       <w:pPr>
         <w:pStyle w:val="RCVSKBrandingsubheading"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000531CE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Section 1. Competing Interests</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D37222" w14:textId="77777777" w:rsidR="005D17AF" w:rsidRPr="00565B64" w:rsidRDefault="005D17AF" w:rsidP="00D21161">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04E640AF" w14:textId="77777777" w:rsidR="00D21161" w:rsidRPr="00D21161" w:rsidRDefault="00D21161" w:rsidP="00F96FBF">
@@ -820,51 +825,50 @@
     <w:p w14:paraId="104C2257" w14:textId="77777777" w:rsidR="00D21161" w:rsidRPr="00D21161" w:rsidRDefault="00D21161" w:rsidP="00F96FBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D21161">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The corresponding author must ask all authors to disclose any conflicts of interest.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53CE0FE3" w14:textId="77777777" w:rsidR="00D21161" w:rsidRPr="00D21161" w:rsidRDefault="00D21161" w:rsidP="00F96FBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D21161">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Potential conflicts of interest must be declared. These include relevant financial, personal, political or intellectual interests that may bias the work. Please also disclose whether the work was funded, and if any assistance was given with the preparation of the work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B777B0" w14:textId="77777777" w:rsidR="00D21161" w:rsidRPr="00565B64" w:rsidRDefault="00D21161" w:rsidP="00565B64">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5309" w:type="pct"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
@@ -1296,92 +1300,92 @@
     <w:p w14:paraId="7FA59236" w14:textId="77777777" w:rsidR="00565B64" w:rsidRDefault="00565B64" w:rsidP="009E56E1">
       <w:pPr>
         <w:pStyle w:val="RCVSKBrandingmaintext"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="000000" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="513A8D64" w14:textId="68B4EAEE" w:rsidR="003232C1" w:rsidRPr="009E56E1" w:rsidRDefault="003232C1" w:rsidP="009E56E1">
       <w:pPr>
         <w:pStyle w:val="RCVSKBrandingmaintext"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E56E1">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="000000" w:themeColor="accent5"/>
         </w:rPr>
         <w:t>The submission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA3C590" w14:textId="3B131CC4" w:rsidR="00565B64" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="0004111E">
+    <w:p w14:paraId="3AA3C590" w14:textId="3B131CC4" w:rsidR="00565B64" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="0004111E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="805663855"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F96FBF">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A52166" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The submission has not been previously published, nor is it with another journal for consideration.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C87984" w14:textId="13538AA1" w:rsidR="00E44CA7" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="0004111E">
+    <w:p w14:paraId="66C87984" w14:textId="13538AA1" w:rsidR="00E44CA7" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="0004111E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1251546920"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00565B64" w:rsidRPr="007725D9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1394,51 +1398,51 @@
       <w:r w:rsidR="42429611" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> If submitting a Knowledge Summary, the PICO </w:t>
       </w:r>
       <w:r w:rsidR="0BC27DD2" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">question </w:t>
       </w:r>
       <w:r w:rsidR="42429611" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>has been approved by the Editorial Office. This is to ensure we do not receive duplicate submissions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E9620CA" w14:textId="5F7C3F4C" w:rsidR="00A52166" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="0004111E">
+    <w:p w14:paraId="4E9620CA" w14:textId="5F7C3F4C" w:rsidR="00A52166" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="0004111E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1075356335"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007725D9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1478,92 +1482,92 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Author Hub</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="79CA7511" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="42429611" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31CDD27E" w14:textId="304E6AA8" w:rsidR="00A52166" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="0004111E">
+    <w:p w14:paraId="31CDD27E" w14:textId="304E6AA8" w:rsidR="00A52166" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="0004111E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="393709159"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A52166" w:rsidRPr="007725D9">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A52166" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The text adheres to the stylistic and bibliographic requirements outlined in the relevant template.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34941E15" w14:textId="40F53C49" w:rsidR="00A52166" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="0004111E">
+    <w:p w14:paraId="34941E15" w14:textId="40F53C49" w:rsidR="00A52166" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="0004111E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1148206484"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="42429611" w:rsidRPr="007725D9">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -1741,51 +1745,51 @@
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and approved its final submitted version and agree to be accountable for all aspects of the work (</w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="007725D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="1C2EFA"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ICMJE 2017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1403C6B6" w14:textId="0DF00E74" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D2067D">
+    <w:p w14:paraId="1403C6B6" w14:textId="0DF00E74" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00D2067D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1389698520"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
@@ -1794,51 +1798,51 @@
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All people listed as authors of this </w:t>
       </w:r>
       <w:r w:rsidR="00FA295D">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>submission</w:t>
       </w:r>
       <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are aware of it and have agreed to be named.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4C8346" w14:textId="7E46DFB2" w:rsidR="003232C1" w:rsidRDefault="002379CB" w:rsidP="00D2067D">
+    <w:p w14:paraId="6B4C8346" w14:textId="7E46DFB2" w:rsidR="003232C1" w:rsidRDefault="00142A84" w:rsidP="00D2067D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1445273012"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
@@ -1909,220 +1913,178 @@
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ntelligence (AI)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E56E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00A86140">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Large Language Models (LLMs)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="2" w:name="_Hlk168990793"/>
-    <w:p w14:paraId="20A9D091" w14:textId="77777777" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D2067D">
+    <w:p w14:paraId="20A9D091" w14:textId="77777777" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00D2067D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI Symbol"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1212768915"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI Symbol"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All use of AI-assisted writing has been detailed in a statement in the acknowledgment section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB311EF" w14:textId="21E664B7" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D2067D">
+    <w:p w14:paraId="2DB311EF" w14:textId="21E664B7" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00D2067D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI Symbol"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1502892687"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI Symbol"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Any AI technologies have only been used to improve language and readability of text, and not to generate any concepts, insights, data analysing or to create any conclusions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44ADC9FE" w14:textId="22DCC2B3" w:rsidR="00607266" w:rsidRDefault="002379CB" w:rsidP="00D2067D">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="44ADC9FE" w14:textId="22DCC2B3" w:rsidR="00607266" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00D2067D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-981460342"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI Symbol"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All figures and tables have been produced without the use of generative AI or AI-assisted tools.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="6DA1D88B" w14:textId="71A53972" w:rsidR="002379CB" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D2067D">
-[...41 lines deleted...]
-    </w:p>
     <w:p w14:paraId="52B0C9BD" w14:textId="77777777" w:rsidR="00565B64" w:rsidRDefault="00565B64" w:rsidP="00D2067D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7268C405" w14:textId="77777777" w:rsidR="00F96FBF" w:rsidRDefault="00F96FBF" w:rsidP="00D2067D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F071DA7" w14:textId="77777777" w:rsidR="00F96FBF" w:rsidRDefault="00F96FBF" w:rsidP="00D2067D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
@@ -2151,98 +2113,98 @@
       <w:r w:rsidR="00FA3035">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>research</w:t>
       </w:r>
       <w:r w:rsidR="00FA3035" w:rsidRPr="24072804">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="24072804">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and interpretation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E38E212" w14:textId="3F5A31A5" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00F96FBF">
+    <w:p w14:paraId="1E38E212" w14:textId="3F5A31A5" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00F96FBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:id w:val="494841781"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003232C1">
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003232C1">
         <w:t xml:space="preserve"> I and all the other authors of this </w:t>
       </w:r>
       <w:r w:rsidR="002B0022">
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidR="003232C1">
         <w:t xml:space="preserve"> did our best to avoid errors in </w:t>
       </w:r>
       <w:r w:rsidR="005923B8">
         <w:t>research</w:t>
       </w:r>
       <w:r w:rsidR="003232C1">
         <w:t xml:space="preserve">, data presentation, interpretation, etc. However, if we discover any serious error in the </w:t>
       </w:r>
       <w:r w:rsidR="002B0022">
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidR="003232C1">
         <w:t xml:space="preserve"> (before or after publication), we will alert the editor promptly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074595D3" w14:textId="20D50CCC" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D5210B">
+    <w:p w14:paraId="074595D3" w14:textId="20D50CCC" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00D5210B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1451614374"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
             <w:rPr>
@@ -2250,51 +2212,51 @@
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> None of our data presented in this </w:t>
       </w:r>
       <w:r w:rsidR="002B0022">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been fabricated or distorted, and no valid data have been excluded. Images shown in figures have not been manipulated to make a false impression on readers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1391657F" w14:textId="189E9F55" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D5210B">
+    <w:p w14:paraId="1391657F" w14:textId="189E9F55" w:rsidR="003232C1" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00D5210B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1700007365"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003232C1" w:rsidRPr="007725D9">
             <w:rPr>
@@ -2407,51 +2369,51 @@
           <w:t>RCVS Code of Professional Conduct: Supporting Guidance Section 25. Routine veterinary practice and clinical veterinary research with link on Section 25 onwards</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00834A4D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005923B8">
         <w:t xml:space="preserve"> I</w:t>
       </w:r>
       <w:r w:rsidR="005923B8" w:rsidRPr="005923B8">
         <w:t>ncluding</w:t>
       </w:r>
       <w:r w:rsidR="005923B8">
         <w:t>, if appropriate,</w:t>
       </w:r>
       <w:r w:rsidR="005923B8" w:rsidRPr="005923B8">
         <w:t xml:space="preserve"> those outlined in the Declaration of Helsinki (WMA 2013)</w:t>
       </w:r>
       <w:r w:rsidR="005923B8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005923B8" w:rsidRPr="005923B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D2CFABF" w14:textId="77777777" w:rsidR="007725D9" w:rsidRPr="00565B64" w:rsidRDefault="002379CB" w:rsidP="00D5210B">
+    <w:p w14:paraId="5D2CFABF" w14:textId="77777777" w:rsidR="007725D9" w:rsidRPr="00565B64" w:rsidRDefault="00142A84" w:rsidP="00D5210B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1846516848"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -2467,51 +2429,51 @@
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007725D9" w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Data have been disaggregated by sex (and, whenever possible, by race) and sex and gender considerations are properly addressed according to the principles of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="007725D9" w:rsidRPr="00565B64">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="1C2EFA"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Sex and Gender Equity in Research (SAGER) Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007725D9" w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="219C5438" w14:textId="6CE13330" w:rsidR="007725D9" w:rsidRPr="00565B64" w:rsidRDefault="002379CB" w:rsidP="00D5210B">
+    <w:p w14:paraId="219C5438" w14:textId="6CE13330" w:rsidR="007725D9" w:rsidRPr="00565B64" w:rsidRDefault="00142A84" w:rsidP="00D5210B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="431861514"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -2539,51 +2501,51 @@
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidR="007725D9" w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> meets the </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="007725D9" w:rsidRPr="00565B64">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="1C2EFA"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Consensus Author Guidelines on Animal Ethics and Welfare for Veterinary Journals</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007725D9" w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> about humane treatment of animals and has been approved by an ethical review committee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0557B23A" w14:textId="759783ED" w:rsidR="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D5210B">
+    <w:p w14:paraId="0557B23A" w14:textId="759783ED" w:rsidR="007725D9" w:rsidRPr="00565B64" w:rsidRDefault="00142A84" w:rsidP="00D5210B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1612788923"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -2595,230 +2557,173 @@
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007725D9" w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The study reported in this </w:t>
       </w:r>
       <w:r w:rsidR="00B017C3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidR="007725D9" w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> meets other relevant ethical principles, namely [……………….]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12793706" w14:textId="4A3CA3C4" w:rsidR="002379CB" w:rsidRPr="002379CB" w:rsidRDefault="002379CB" w:rsidP="00D5210B">
-[...54 lines deleted...]
-    </w:p>
     <w:p w14:paraId="32AC786A" w14:textId="77777777" w:rsidR="007725D9" w:rsidRPr="00565B64" w:rsidRDefault="007725D9" w:rsidP="003232C1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09FDA588" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="005B40D1" w:rsidRDefault="005B40D1" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B40D1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Informed Consent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C41684" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="001C3BC3" w:rsidRDefault="005B40D1" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3BC3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Authors must confirm the following before submitting original research involving animals or human participants:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A0A411" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="001C3BC3" w:rsidRDefault="005B40D1" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3BC3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>For Research Involving Animals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C2D90D" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="08C2D90D" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1884394245"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="00565B64">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005B40D1" w:rsidRPr="00565B64">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Informed client consent has been obtained for all prospective research involving animals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360D7607" w14:textId="22D8F275" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="24072804">
+    <w:p w14:paraId="360D7607" w14:textId="22D8F275" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="24072804">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1038095633"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="24072804">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
@@ -2890,141 +2795,141 @@
           <w:t>Retrospective Reviews of Clinical Veterinary Research - Professionals</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004F0D34">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004F0D34" w:rsidRPr="004F0D34">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Additional consent was obtained if needed</w:t>
       </w:r>
       <w:r w:rsidR="004F0D34">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B716475" w14:textId="6FD5F346" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="24072804">
+    <w:p w14:paraId="6B716475" w14:textId="6FD5F346" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="24072804">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2102409397"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="24072804">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005B40D1" w:rsidRPr="24072804">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Client confidentiality is maintained</w:t>
       </w:r>
       <w:r w:rsidR="004F0D34">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="005B40D1" w:rsidRPr="24072804">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>images, videos, or case details do not identify clients or their animals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7827DD9A" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="7827DD9A" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-409471323"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> I understand that treatment consent is not equivalent to research consent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6D5BF3" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="2C6D5BF3" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1990310821"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -3039,139 +2944,73 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> I have obtained ethics approval from an appropriate ethics committee or review </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>board, and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> can provide documentation if requested.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B606A0D" w14:textId="6936506A" w:rsidR="002379CB" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
-[...64 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7A6D4E9E" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="00B017C3" w:rsidRDefault="005B40D1" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B017C3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>For Research Involving Human Participants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6DFF54" w14:textId="2C2B77F6" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="4E6DFF54" w14:textId="2C2B77F6" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1131172899"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -3192,215 +3031,215 @@
       <w:r w:rsidR="009E0EEF" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="009E0EEF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">thics Review Panel </w:t>
       </w:r>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>guidance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CE92423" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="6CE92423" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1845151444"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Personal data is anonymised to prevent identification (e.g. limiting postcodes, avoiding gender/location identifiers).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="471C3EC3" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="471C3EC3" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1359191310"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> If any participant could be identified, written consent to publish was obtained.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A095FC" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="21A095FC" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="614173803"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The article was shared with participants (or their representative) before publication to obtain informed consent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A6A18A" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="28A6A18A" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1297719063"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> If participants were minors, deceased, or unable to consent, consent was obtained from a parent, guardian, or next of kin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8FFF6E" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRDefault="002379CB" w:rsidP="005B40D1">
+    <w:p w14:paraId="1B8FFF6E" w14:textId="77777777" w:rsidR="005B40D1" w:rsidRPr="008B4405" w:rsidRDefault="00142A84" w:rsidP="005B40D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1922092440"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -3413,106 +3252,50 @@
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> I have used the </w:t>
       </w:r>
       <w:r w:rsidR="005B40D1" w:rsidRPr="00B017C3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Veterinary Evidence</w:t>
       </w:r>
       <w:r w:rsidR="005B40D1" w:rsidRPr="008B4405">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed consent form where applicable and will retain signed copies for editorial review if requested.</w:t>
-      </w:r>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61340FCE" w14:textId="77777777" w:rsidR="006108C8" w:rsidRPr="00565B64" w:rsidRDefault="006108C8" w:rsidP="003232C1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76EC62CD" w14:textId="4543ADB4" w:rsidR="006108C8" w:rsidRPr="007725D9" w:rsidRDefault="006108C8" w:rsidP="00D5210B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E56E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -3551,51 +3334,51 @@
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All sources of funding for the study reported in this </w:t>
       </w:r>
       <w:r w:rsidR="00B017C3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">paper </w:t>
       </w:r>
       <w:r w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are stated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6597499B" w14:textId="369B783F" w:rsidR="006108C8" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D5210B">
+    <w:p w14:paraId="6597499B" w14:textId="369B783F" w:rsidR="006108C8" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00D5210B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="653648634"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006108C8" w:rsidRPr="007725D9">
             <w:rPr>
@@ -3603,51 +3386,51 @@
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006108C8" w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All people who are not listed as authors but contributed considerably to the study reported in this </w:t>
       </w:r>
       <w:r w:rsidR="00B017C3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidR="006108C8" w:rsidRPr="007725D9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or assisted in its writing (e.g. author’s editors, translators, medical writers) are mentioned in the Acknowledgements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EFB851" w14:textId="5459BE70" w:rsidR="006108C8" w:rsidRPr="007725D9" w:rsidRDefault="002379CB" w:rsidP="00D5210B">
+    <w:p w14:paraId="77EFB851" w14:textId="5459BE70" w:rsidR="006108C8" w:rsidRPr="007725D9" w:rsidRDefault="00142A84" w:rsidP="00D5210B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Segoe UI Symbol"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="69852983"/>
           <w15:color w:val="21E5A1"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2713" w14:font="ES Klarheit Grotesk Medium"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006108C8" w:rsidRPr="007725D9">
             <w:rPr>
@@ -3713,51 +3496,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E56E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>License and copyright</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AE20BB1" w14:textId="07AC413D" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="170BCEDA" w:rsidP="00607266">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565B64">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Veterinary Evidence</w:t>
       </w:r>
       <w:r w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> uses the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="6D506A8E" w:rsidRPr="00565B64">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>C</w:t>
         </w:r>
         <w:r w:rsidR="7C827EBE" w:rsidRPr="00565B64">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>reative Commons Attribution (</w:t>
         </w:r>
         <w:r w:rsidR="6D506A8E" w:rsidRPr="00565B64">
           <w:rPr>
@@ -3772,95 +3554,95 @@
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
         <w:r w:rsidR="6D506A8E" w:rsidRPr="00565B64">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> licence</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="2B18EA65" w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>That means users are free to copy and redistribute the material in any medium or format. Users may remix, transform, and build upon the material for any purpose, even commercially – with the appropriate citation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693C4F4E" w14:textId="39EF6B01" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="002379CB" w:rsidP="00607266">
+    <w:p w14:paraId="693C4F4E" w14:textId="39EF6B01" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="00142A84" w:rsidP="00607266">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:id w:val="-1819876531"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00607266" w:rsidRPr="00565B64">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00607266" w:rsidRPr="00565B64">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes, I agree to abide by the terms of the copyright statement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351DFE87" w14:textId="27DE382F" w:rsidR="00607266" w:rsidRDefault="002379CB" w:rsidP="00607266">
+    <w:p w14:paraId="351DFE87" w14:textId="27DE382F" w:rsidR="00607266" w:rsidRDefault="00142A84" w:rsidP="00607266">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1039867332"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00607266" w:rsidRPr="00565B64">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -3884,75 +3666,92 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>privacy statement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00607266" w:rsidRPr="00565B64">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="312D3150" w14:textId="77777777" w:rsidR="007725D9" w:rsidRDefault="007725D9" w:rsidP="00607266">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="19D632BC" w14:textId="77777777" w:rsidR="00F96FBF" w:rsidRDefault="00F96FBF" w:rsidP="00607266">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44C75C02" w14:textId="77777777" w:rsidR="00F96FBF" w:rsidRDefault="00F96FBF" w:rsidP="00607266">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="332F16CF" w14:textId="77777777" w:rsidR="00F96FBF" w:rsidRDefault="00F96FBF" w:rsidP="00607266">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67AFFEB0" w14:textId="1740EF68" w:rsidR="00607266" w:rsidRPr="009E56E1" w:rsidRDefault="00607266" w:rsidP="00607266">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E56E1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Declaration (must be signed):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65CA95BB" w14:textId="0B2127FE" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="00607266" w:rsidP="00607266">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I hereby warrant that I have obtained permission from the copyright holder to reproduce in the manuscript (in all media including print and electronic form) material not owned by me, and that I have acknowledged the source.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27DF0113" w14:textId="45AF81D5" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="00607266" w:rsidP="00607266">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -3985,58 +3784,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I hereby warrant that I have consent for publication, where necessary, from anyone who may be identifiable (directly or indirectly) in this manuscript.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7251FDE5" w14:textId="36886D55" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="00607266" w:rsidP="00607266">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I understand that I as an author retain the copyright of the manuscript and retain publishing rights, I hereby warrant that I give RCVS Knowledge a Non-Exclusive Licence to edit, adapt, </w:t>
-[...6 lines deleted...]
-        <w:t>translate, publish, reproduce, distribute and display the manuscript in printed, electronic or any other medium and format whether now known or yet to be developed.</w:t>
+        <w:t>I understand that I as an author retain the copyright of the manuscript and retain publishing rights, I hereby warrant that I give RCVS Knowledge a Non-Exclusive Licence to edit, adapt, translate, publish, reproduce, distribute and display the manuscript in printed, electronic or any other medium and format whether now known or yet to be developed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E863047" w14:textId="7E79AA1B" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="00607266" w:rsidP="00607266">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I hereby warrant that this manuscript contains no violation of any existing copyright or other third-party right or any material of an obscene, indecent, libellous or otherwise unlawful nature and that to the best of my knowledge this manuscript does not infringe the rights of others.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF6F7D3" w14:textId="0E96FAC1" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="00607266" w:rsidP="00607266">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -4193,90 +3985,87 @@
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Please enter your name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4236D769" w14:textId="77777777" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="00607266" w:rsidP="00607266">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61CC86E8" w14:textId="63B7D722" w:rsidR="00607266" w:rsidRDefault="00607266" w:rsidP="002379CB">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="5C7531AC" w14:textId="77777777" w:rsidR="00607266" w:rsidRPr="00565B64" w:rsidRDefault="00607266" w:rsidP="00607266">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61CC86E8" w14:textId="59CC5E0D" w:rsidR="00607266" w:rsidRDefault="00607266" w:rsidP="00607266">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565B64">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Thank you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2535FDD7" w14:textId="77777777" w:rsidR="000531CE" w:rsidRPr="000531CE" w:rsidRDefault="000531CE" w:rsidP="00607266">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B1DE89" w14:textId="77777777" w:rsidR="002379CB" w:rsidRDefault="002379CB" w:rsidP="000531CE">
-[...11 lines deleted...]
-    <w:p w14:paraId="7FB9194D" w14:textId="0E044403" w:rsidR="000531CE" w:rsidRDefault="000531CE" w:rsidP="000531CE">
+    <w:p w14:paraId="7FB9194D" w14:textId="19166EF1" w:rsidR="000531CE" w:rsidRDefault="000531CE" w:rsidP="000531CE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000531CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Section 3. Author statements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="106BC0E2" w14:textId="77777777" w:rsidR="000E47FC" w:rsidRPr="000E47FC" w:rsidRDefault="000E47FC" w:rsidP="000E47FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -4529,58 +4318,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Veterinary Evidence</w:t>
       </w:r>
       <w:r w:rsidRPr="009D1ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> will require the corresponding author to specify how each author contributed to the paper. This is done using </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D1ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D1ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">: a taxonomy which </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">is used to recognise individual author contributions. </w:t>
+        <w:t xml:space="preserve">: a taxonomy which is used to recognise individual author contributions. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Please see our </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> page for more information: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="006126BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -4840,393 +4622,458 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Author 6 name:</w:t>
       </w:r>
       <w:r w:rsidRPr="009D1ECD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
         </w:rPr>
         <w:t> Methodology (supporting), Writing- Reviewing and Editing (supporting).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F69836F" w14:textId="77777777" w:rsidR="000531CE" w:rsidRPr="000531CE" w:rsidRDefault="000531CE" w:rsidP="000531CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3495"/>
           <w:tab w:val="left" w:pos="5415"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DE41808" w14:textId="4D9B1EB9" w:rsidR="000531CE" w:rsidRPr="000531CE" w:rsidRDefault="000531CE" w:rsidP="000531CE">
+    <w:p w14:paraId="4DE41808" w14:textId="74215821" w:rsidR="000531CE" w:rsidRDefault="000531CE" w:rsidP="000531CE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000531CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>For Clinical Audit and Original Research Articles</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F64EFD">
+        <w:t>For Clinical Audit and Original Research Articles:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DE045D" w14:textId="77777777" w:rsidR="00ED714A" w:rsidRDefault="00ED714A" w:rsidP="000531CE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> only</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Georgia"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E73B509" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Authors must confirm that appropriate ethical approval and informed consent have been obtained where required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3AE516" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F4E173" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please consider potential ethical concerns, including identification of clients, animals, or staff, and whether any aspect of the work falls outside routine veterinary practice. Reporting a clinical audit does not automatically mean ethical approval is not required. Authors should refer to relevant professional guidance, including RCVS guidance on routine veterinary practice and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>clinical veterinary research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EF2A97" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0879E80D" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Georgia"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
-[...31 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Ethical Approval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C7E428" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If ethical approval </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obtained, please provide:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A88BD87" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Name of approving body:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADBCC91" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Approval number / ID:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D43BF6C" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If ethical approval </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not required, please explain why and cite the relevant guidance or legislation where applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7EA90E" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B138FE3" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...36 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Informed Consent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1883E8D6" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Authors must confirm that written informed consent was obtained from anyone who may be identifiable (directly or indirectly) in this paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17880667" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Please provide your ethics and informed consent statements below. These statements will appear in the published paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750308BB" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="586A5AC8" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Ethics statement:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Text field]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0329A1CC" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...123 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Informed consent statement:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Text field]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25099C52" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F30BB3D" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="002C51FC" w:rsidRDefault="002C51FC" w:rsidP="002C51FC">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="5F88C26A" w14:textId="77777777" w:rsidR="000531CE" w:rsidRPr="000531CE" w:rsidRDefault="000531CE" w:rsidP="000531CE">
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Veterinary Evidence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C51FC">
+        <w:rPr>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may reject papers if ethical approval or informed consent has not been appropriately addressed. Please contact the Editorial Office if you are unsure or require clarification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F88C26A" w14:textId="77777777" w:rsidR="000531CE" w:rsidRDefault="000531CE" w:rsidP="000531CE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000531CE" w:rsidRPr="000531CE" w:rsidSect="00D2067D">
+    <w:p w14:paraId="3E69CE16" w14:textId="77777777" w:rsidR="002C51FC" w:rsidRPr="000531CE" w:rsidRDefault="002C51FC" w:rsidP="000531CE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002C51FC" w:rsidRPr="000531CE" w:rsidSect="00D2067D">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:headerReference w:type="first" r:id="rId24"/>
       <w:footerReference w:type="first" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1354" w:right="849" w:bottom="1135" w:left="1701" w:header="283" w:footer="435" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="689F3FF0" w14:textId="77777777" w:rsidR="0056727A" w:rsidRDefault="0056727A" w:rsidP="003E590C">
+    <w:p w14:paraId="5075CAEE" w14:textId="77777777" w:rsidR="00142A84" w:rsidRDefault="00142A84" w:rsidP="003E590C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="743B4C9D" w14:textId="77777777" w:rsidR="0056727A" w:rsidRDefault="0056727A" w:rsidP="003E590C">
+    <w:p w14:paraId="087AC350" w14:textId="77777777" w:rsidR="00142A84" w:rsidRDefault="00142A84" w:rsidP="003E590C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2157899A" w14:textId="77777777" w:rsidR="0056727A" w:rsidRDefault="0056727A"/>
+    <w:p w14:paraId="62FE3D0A" w14:textId="77777777" w:rsidR="00142A84" w:rsidRDefault="00142A84"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -5251,51 +5098,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7CF1BA5E" w14:textId="77777777" w:rsidR="00844963" w:rsidRDefault="00844963">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="4D1438" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
@@ -5715,65 +5562,65 @@
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DB2756">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>RCVS Knowledge is a registered Charity No. 230886. Registered as a Company limited by guarantee in England and Wales No. 598443.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="070FB0E5" w14:textId="77777777" w:rsidR="0056727A" w:rsidRDefault="0056727A" w:rsidP="003E590C">
+    <w:p w14:paraId="464072E0" w14:textId="77777777" w:rsidR="00142A84" w:rsidRDefault="00142A84" w:rsidP="003E590C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64C6A4CB" w14:textId="77777777" w:rsidR="0056727A" w:rsidRDefault="0056727A" w:rsidP="003E590C">
+    <w:p w14:paraId="2BDEF667" w14:textId="77777777" w:rsidR="00142A84" w:rsidRDefault="00142A84" w:rsidP="003E590C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BB95149" w14:textId="77777777" w:rsidR="0056727A" w:rsidRDefault="0056727A"/>
+    <w:p w14:paraId="3A2BF6D6" w14:textId="77777777" w:rsidR="00142A84" w:rsidRDefault="00142A84"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2BA36ADC" w14:textId="77777777" w:rsidR="00844963" w:rsidRPr="00D67598" w:rsidRDefault="00844963" w:rsidP="00D67598">
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="6"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55567C9C" w14:textId="77777777" w:rsidR="00844963" w:rsidRDefault="003E590C" w:rsidP="003E590C">
@@ -5856,56 +5703,205 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="Picture 165709627" o:spid="_x0000_i1033" type="#_x0000_t75" style="width:197.65pt;height:3in;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="Picture 165709627" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:198pt;height:3in;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00223A78"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B2B0B7CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="160278A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66684458"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5947,51 +5943,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="190D4672"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C00ACC4"/>
     <w:lvl w:ilvl="0" w:tplc="C4663A24">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="873" w:hanging="360"/>
       </w:pPr>
@@ -6062,51 +6058,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B3A25A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65FC0556"/>
     <w:lvl w:ilvl="0" w:tplc="C4663A24">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="436" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6177,51 +6173,200 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E210DCF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="073245EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A15049C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34FE3F5A"/>
     <w:lvl w:ilvl="0" w:tplc="A444483A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6266,51 +6411,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="501B678C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AE4BA72"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6379,51 +6524,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="622A3FAA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="46662FB6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6528,51 +6673,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64A431C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E42897E6"/>
     <w:lvl w:ilvl="0" w:tplc="3D5EAACC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6641,51 +6786,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="659546F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0A1E787E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6791,126 +6936,134 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1659382039">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1801921333">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1345135169">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="431976010">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1648633341">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1851136594">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2000845988">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1233005284">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1108770199">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1801921333">
-[...5 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="431976010">
+  <w:num w:numId="10" w16cid:durableId="1188328175">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A52166"/>
     <w:rsid w:val="0000360D"/>
     <w:rsid w:val="00004D71"/>
     <w:rsid w:val="00012DF9"/>
     <w:rsid w:val="0003217A"/>
     <w:rsid w:val="0004111E"/>
     <w:rsid w:val="000531CE"/>
     <w:rsid w:val="00071FE8"/>
     <w:rsid w:val="000A28C1"/>
     <w:rsid w:val="000D333A"/>
     <w:rsid w:val="000E47FC"/>
     <w:rsid w:val="00134128"/>
+    <w:rsid w:val="00142A84"/>
     <w:rsid w:val="00147166"/>
     <w:rsid w:val="00161949"/>
     <w:rsid w:val="0016638C"/>
     <w:rsid w:val="001C3BC3"/>
     <w:rsid w:val="001D1BB4"/>
     <w:rsid w:val="001E704B"/>
+    <w:rsid w:val="00203480"/>
     <w:rsid w:val="0021113C"/>
-    <w:rsid w:val="002379CB"/>
     <w:rsid w:val="002519E9"/>
     <w:rsid w:val="002B0022"/>
+    <w:rsid w:val="002C51FC"/>
     <w:rsid w:val="002D479B"/>
     <w:rsid w:val="002E46A6"/>
     <w:rsid w:val="003232C1"/>
     <w:rsid w:val="0037095F"/>
     <w:rsid w:val="003B3C75"/>
     <w:rsid w:val="003B4E87"/>
     <w:rsid w:val="003C0824"/>
     <w:rsid w:val="003D1EC0"/>
     <w:rsid w:val="003E35DC"/>
     <w:rsid w:val="003E590C"/>
     <w:rsid w:val="00405122"/>
     <w:rsid w:val="00446DF5"/>
     <w:rsid w:val="004B3E7F"/>
     <w:rsid w:val="004C2487"/>
     <w:rsid w:val="004F0D34"/>
     <w:rsid w:val="00515647"/>
     <w:rsid w:val="00524332"/>
     <w:rsid w:val="005501F9"/>
     <w:rsid w:val="00565B64"/>
     <w:rsid w:val="0056727A"/>
     <w:rsid w:val="00584364"/>
     <w:rsid w:val="005923B8"/>
     <w:rsid w:val="005B40D1"/>
     <w:rsid w:val="005D17AF"/>
     <w:rsid w:val="00607266"/>
@@ -6945,71 +7098,73 @@
     <w:rsid w:val="009200A3"/>
     <w:rsid w:val="00932F16"/>
     <w:rsid w:val="00951539"/>
     <w:rsid w:val="00964456"/>
     <w:rsid w:val="009D1ECD"/>
     <w:rsid w:val="009E0EEF"/>
     <w:rsid w:val="009E56E1"/>
     <w:rsid w:val="00A265F6"/>
     <w:rsid w:val="00A37FFD"/>
     <w:rsid w:val="00A46E64"/>
     <w:rsid w:val="00A52166"/>
     <w:rsid w:val="00A526B0"/>
     <w:rsid w:val="00A541F7"/>
     <w:rsid w:val="00A86140"/>
     <w:rsid w:val="00AC6BFF"/>
     <w:rsid w:val="00AE1066"/>
     <w:rsid w:val="00B017C3"/>
     <w:rsid w:val="00B11C34"/>
     <w:rsid w:val="00B72E19"/>
     <w:rsid w:val="00B74FA3"/>
     <w:rsid w:val="00BA3DCA"/>
     <w:rsid w:val="00BB703D"/>
     <w:rsid w:val="00BE014F"/>
     <w:rsid w:val="00BE3F71"/>
     <w:rsid w:val="00BF1944"/>
-    <w:rsid w:val="00C52482"/>
+    <w:rsid w:val="00C37D67"/>
     <w:rsid w:val="00C549FB"/>
     <w:rsid w:val="00CA4DBC"/>
+    <w:rsid w:val="00CA6B65"/>
     <w:rsid w:val="00CB7648"/>
     <w:rsid w:val="00CD5B20"/>
     <w:rsid w:val="00CE0900"/>
     <w:rsid w:val="00D11573"/>
     <w:rsid w:val="00D14BA1"/>
     <w:rsid w:val="00D15F25"/>
     <w:rsid w:val="00D2067D"/>
     <w:rsid w:val="00D21161"/>
     <w:rsid w:val="00D40AA5"/>
     <w:rsid w:val="00D5210B"/>
     <w:rsid w:val="00D8586E"/>
     <w:rsid w:val="00DA3C5C"/>
     <w:rsid w:val="00DF23A0"/>
     <w:rsid w:val="00E015AC"/>
     <w:rsid w:val="00E44CA7"/>
     <w:rsid w:val="00E61A24"/>
     <w:rsid w:val="00E75F83"/>
     <w:rsid w:val="00E92F28"/>
+    <w:rsid w:val="00ED714A"/>
     <w:rsid w:val="00EF6EEA"/>
     <w:rsid w:val="00F14290"/>
     <w:rsid w:val="00F35D8E"/>
     <w:rsid w:val="00F35FBB"/>
     <w:rsid w:val="00F37E54"/>
     <w:rsid w:val="00F554C5"/>
     <w:rsid w:val="00F64082"/>
     <w:rsid w:val="00F64EFD"/>
     <w:rsid w:val="00F82495"/>
     <w:rsid w:val="00F95D5B"/>
     <w:rsid w:val="00F96FBF"/>
     <w:rsid w:val="00FA295D"/>
     <w:rsid w:val="00FA3035"/>
     <w:rsid w:val="00FF752E"/>
     <w:rsid w:val="01E0033E"/>
     <w:rsid w:val="07D3FCB3"/>
     <w:rsid w:val="08C3DF39"/>
     <w:rsid w:val="095B208C"/>
     <w:rsid w:val="0AB09974"/>
     <w:rsid w:val="0BC27DD2"/>
     <w:rsid w:val="15163F68"/>
     <w:rsid w:val="170BCEDA"/>
     <w:rsid w:val="18C10A6C"/>
     <w:rsid w:val="1CCECC63"/>
     <w:rsid w:val="1EAF274C"/>
@@ -7028,51 +7183,51 @@
     <w:rsid w:val="63F41D7D"/>
     <w:rsid w:val="677F4869"/>
     <w:rsid w:val="67EE9B1F"/>
     <w:rsid w:val="6D33B4E5"/>
     <w:rsid w:val="6D506A8E"/>
     <w:rsid w:val="774E1692"/>
     <w:rsid w:val="79CA7511"/>
     <w:rsid w:val="7C827EBE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="78ACB3F5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9F189783-7604-4B24-BC4F-78852FB5703F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -7218,51 +7373,51 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -7472,50 +7627,72 @@
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003E590C"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002C51FC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="015B69" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001C3BC3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="01899E" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
@@ -7897,50 +8074,96 @@
     <w:rsid w:val="005D17AF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="015B69" w:themeColor="accent1" w:themeShade="7F"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="001C3BC3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="01899E" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C37D67"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Paragraph">
+    <w:name w:val="Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00C37D67"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+      <w:ind w:firstLine="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002C51FC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="015B69" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="59788697">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="62946114">
@@ -8371,69 +8594,69 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E749096E-60B6-4540-96DF-18B69DE5A8FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1941</Words>
-  <Characters>11067</Characters>
+  <Words>2031</Words>
+  <Characters>11582</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>96</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12983</CharactersWithSpaces>
+  <CharactersWithSpaces>13586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jennifer Morris</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>